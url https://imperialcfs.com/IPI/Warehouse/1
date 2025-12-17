--- v0 (2025-10-09)
+++ v1 (2025-12-17)
@@ -4,51 +4,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Warehouse In   Out" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="446" uniqueCount="446">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="450" uniqueCount="450">
   <si>
     <t>Warehouse In / Out</t>
   </si>
   <si>
     <t>CODE</t>
   </si>
   <si>
     <t>CITY</t>
   </si>
   <si>
     <t>DESTINATION</t>
   </si>
   <si>
     <t>IN OUT CHARGE</t>
   </si>
   <si>
     <t>MIN/MAX</t>
   </si>
   <si>
     <t>DOC/ADMIN FEE</t>
   </si>
   <si>
     <t>ITFEE</t>
   </si>
   <si>
@@ -118,54 +118,54 @@
     <t>HWC LOGISTICS</t>
   </si>
   <si>
     <t>$3.75 P/100WGHT OR $22.00 P/CBM WHICHEVER IS GREATER</t>
   </si>
   <si>
     <t>MIN $75.00</t>
   </si>
   <si>
     <t>$17.50 IT TERMINATION FEE</t>
   </si>
   <si>
     <t>$0.30 P/CWT WITH $6.00 MIN/$50 MAX</t>
   </si>
   <si>
     <t>$90.00</t>
   </si>
   <si>
     <t>$6.50 SECURITY FEE</t>
   </si>
   <si>
     <t xml:space="preserve">$4.75 P/CWT OR $26.00 P/CBM, MIN $200.00
 OVERSIZE FEE APPLIES TO ANYTHING OVER 12FT LONG, AND ANYTHING OVER 7,000 LBS</t>
   </si>
   <si>
-    <t>$15.50 P/PALLET</t>
-[...2 lines deleted...]
-    <t>5 CALENDAR DAYS</t>
+    <t>$15.50 P/PLT</t>
+  </si>
+  <si>
+    <t>5 CAL DAYS</t>
   </si>
   <si>
     <t>AUS</t>
   </si>
   <si>
     <t>AUSTIN</t>
   </si>
   <si>
     <t>AUSTIN CFS WAREHOUSE</t>
   </si>
   <si>
     <t>$25.00 FLAT FORKLIFT FEE PER SHIPMENT PLUS $0.025/LB OR $10.00 P/CBM , WHICHEVER IS GREATER</t>
   </si>
   <si>
     <t>MIN $150.00</t>
   </si>
   <si>
     <t>$0.01/LB, MIN $25.00 P/SHIPMENT ADMIN FEE</t>
   </si>
   <si>
     <t>EXTRA MAN SERVICES $75.00 EACH HOUR, 1 HR MIN</t>
   </si>
   <si>
     <t>$125.00 P/UN NUMBER</t>
   </si>
@@ -266,50 +266,53 @@
   </si>
   <si>
     <t>BROWNSVILLE</t>
   </si>
   <si>
     <t>TRANSMARITIME INC</t>
   </si>
   <si>
     <t>$2.50 P/100 LBS OR $12.50 P/CBM WHICHEVER IS GREATER</t>
   </si>
   <si>
     <t>$10.00 ADMIN FEE</t>
   </si>
   <si>
     <t xml:space="preserve">$35.00 US CUSTOMS REGISTRATION FEE P/SHIPMENT 
 $125.00 BOND FEE
 $65.00 FILING FEE</t>
   </si>
   <si>
     <t>$150.00</t>
   </si>
   <si>
     <t>$12.50 P/PALLET</t>
   </si>
   <si>
+    <t>5 CALENDAR DAYS</t>
+  </si>
+  <si>
     <t>BUF</t>
   </si>
   <si>
     <t>BUFFALO</t>
   </si>
   <si>
     <t>MOBILE AIR TRANSPORT</t>
   </si>
   <si>
     <t>$5.00 P/CWT</t>
   </si>
   <si>
     <t>MIN $35.00, MAX $400.00</t>
   </si>
   <si>
     <t>$40.00 IMPORT FEE</t>
   </si>
   <si>
     <t xml:space="preserve">HAZ MAT :YES 
 FDA :YES 
 FDA REGISTRATION#13935878102</t>
   </si>
   <si>
     <t>$85.00</t>
   </si>
@@ -432,110 +435,109 @@
   <si>
     <t>MIN $40.00 , PERSONAL EFFECT MIN$ 75.00</t>
   </si>
   <si>
     <t>$25.00</t>
   </si>
   <si>
     <t>$40.00</t>
   </si>
   <si>
     <t>$60.00</t>
   </si>
   <si>
     <t>$12.00 P/PALLET</t>
   </si>
   <si>
     <t>7-CALENDAR DAYS</t>
   </si>
   <si>
     <t>CLE</t>
   </si>
   <si>
     <t>CLEVELAND</t>
   </si>
   <si>
-    <t>AIR GROUND XPRESS, INC</t>
-[...14 lines deleted...]
-FDA #10456321494</t>
+    <t>ON TIME DELIVERY &amp; WAREHOUSE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">$10.50 P/CUBIC METERS OR $2.00 P/100WGHT
+WHICHEVER IS GREATER</t>
+  </si>
+  <si>
+    <t>MIN $50.00 , P/E MIN $75.00</t>
+  </si>
+  <si>
+    <t>$125.00</t>
+  </si>
+  <si>
+    <t>$20.00 P/PLT</t>
   </si>
   <si>
     <t>CMH</t>
   </si>
   <si>
     <t>COLUMBUS</t>
   </si>
   <si>
     <t>WORLD DISTRIBUTION SERVICES</t>
   </si>
   <si>
     <t>$1.50 P/100 LBS OR $10.00 P/CBM WHICHEVER IS GREATER</t>
   </si>
   <si>
     <t>MIN $35.00</t>
   </si>
   <si>
     <t>$75.00 PERSONAL EFFECTS ADMINISTRATIVE FEE</t>
   </si>
   <si>
     <t>$18.00 P/PALLET</t>
   </si>
   <si>
     <t>DAL</t>
   </si>
   <si>
     <t>DALLAS</t>
   </si>
   <si>
     <t>AIR GENERAL INC</t>
   </si>
   <si>
     <t>$0.03 P/LB OR $12.00 P/CBM WHICHEVER IS GREATER</t>
   </si>
   <si>
     <t>$50.00 DOC FEE, $45.00 ADMIN FEE</t>
   </si>
   <si>
     <t xml:space="preserve">SHRINKWRAP $10.00 P/PALLET
 REWEIGHT/REDIM: $5.00 P/PALLET, MIN $25.00
 PICTURES $5.00 EACH
 OVERTIME $60.00 P/MAN P/HOUR, MIN 3 PEOPLE
 COLLECTION OF COD (10% OR MIN $35.00)
-FDA:YES, NO FDA REGISTRATION#</t>
+FDA:YES, NO FDA REGISTRATION# 
+STORAGE: $0.03 P/LB OR $12 P/CBM WHICHEVER IS GREATER, MIN $70 P/DAY</t>
   </si>
   <si>
     <t>MAX LIFTING CAPACITY 8000 LBS</t>
   </si>
   <si>
     <t>DAY</t>
   </si>
   <si>
     <t>DAYTON</t>
   </si>
   <si>
     <t>RUSH EXPEDITING INC</t>
   </si>
   <si>
     <t>CALL DESTINATION WHS FOR RATES</t>
   </si>
   <si>
     <t>DEN</t>
   </si>
   <si>
     <t>DENVER</t>
   </si>
   <si>
     <t>$0.035 P/LB OR $12.00 P/CBM WHICHEVER IS GREATER</t>
   </si>
@@ -626,97 +628,97 @@
     <t xml:space="preserve">FDA : YES
 FDA REGISTRATION#19852663090</t>
   </si>
   <si>
     <t>ITEMS OVER 8' IN ANY DIMENSION WILL HAVE ADDT'L FEE. CALL FOR QUOTE</t>
   </si>
   <si>
     <t>2 BUSINESS DAYS</t>
   </si>
   <si>
     <t>GBO</t>
   </si>
   <si>
     <t>GREENSBORO</t>
   </si>
   <si>
     <t>SPECIAL SERVICE FREIGHT</t>
   </si>
   <si>
     <t>GSP</t>
   </si>
   <si>
     <t>GREENVILLE</t>
   </si>
   <si>
-    <t>CALL DEST WHS FOR RATES</t>
-[...1 lines deleted...]
-  <si>
     <t>HID</t>
   </si>
   <si>
     <t>HIDALGO</t>
   </si>
   <si>
     <t>HOU</t>
   </si>
   <si>
     <t>HOUSTON</t>
   </si>
   <si>
     <t>SOUTHWEST FREIGHT INC.</t>
   </si>
   <si>
     <t xml:space="preserve">$2.50 P/100 LBS  OR  $12.00 P/CBM</t>
   </si>
   <si>
     <t>MIN $95.00</t>
   </si>
   <si>
     <t>$2.25 P/CBM OR $10.00 MIN</t>
   </si>
   <si>
     <t>PERSONAL ITEMS $25.00</t>
   </si>
   <si>
     <t>$75.00 INCLUDES 4 PLACARDS</t>
   </si>
   <si>
     <t xml:space="preserve">OVER 8000LBS $25.00/TON P/PIECE, OVERLENGTH 10' AND OVER $10.00 P/PIECE OR $30.00 MIN, $100.00 MAX
 CBM FEE ON PC OVER 6 CBM ADD $12.00 P/CBM</t>
   </si>
   <si>
     <t>HSV</t>
   </si>
   <si>
     <t>HUNTSVILLE</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDIANAPOLIS</t>
+  </si>
+  <si>
+    <t>CALL DEST WHS FOR RATES</t>
   </si>
   <si>
     <t>JAX</t>
   </si>
   <si>
     <t>JACKSONVILLE</t>
   </si>
   <si>
     <t>$3.75 P/100LBS OR $10.00 P/CBM, WHICHEVER IS GREATER</t>
   </si>
   <si>
     <t>MIN $85.00</t>
   </si>
   <si>
     <t>$4.00 P/CBM, MIN $20.00</t>
   </si>
   <si>
     <t xml:space="preserve">CBP FEE $20.00
 CRATE DISPOSAL $50.00 EACH
 FDA : YES 
 FDA REGISTRATION#187876631130</t>
   </si>
   <si>
     <t>$50.00 EXCEPT EXPLOSIVE, WASTE OR RADIOACTIVE</t>
   </si>
@@ -775,53 +777,50 @@
   <si>
     <t>LRD</t>
   </si>
   <si>
     <t>LAREDO</t>
   </si>
   <si>
     <t xml:space="preserve">$35.00 US CUSTOMS REGISTRATION FEE P/SHIPMENT 
 $115.00 BOND FEE
 $65.00 FILING FEE</t>
   </si>
   <si>
     <t>LAS</t>
   </si>
   <si>
     <t>LAS VEGAS</t>
   </si>
   <si>
     <t>ENERGY TRANSPORT LOGISTICS</t>
   </si>
   <si>
     <t>$19.00 P/CBM, NOT TO EXCEED 800 LBS P/CBM</t>
   </si>
   <si>
     <t>MIN $175.00</t>
-  </si>
-[...1 lines deleted...]
-    <t>$125.00</t>
   </si>
   <si>
     <t>DOES NOT ACCEPT PERISHABLE FOODS PRODUCTS</t>
   </si>
   <si>
     <t>LIT</t>
   </si>
   <si>
     <t>LITTLE ROCK</t>
   </si>
   <si>
     <t>HILL COURIER INC.</t>
   </si>
   <si>
     <t>$0.10P/LB</t>
   </si>
   <si>
     <t>CALL FOR FEE DO NOT ACCEPT CLASS# 1,2.1,2.3,2.4,6,7</t>
   </si>
   <si>
     <t>LUI</t>
   </si>
   <si>
     <t>LOUISVILLE</t>
   </si>
@@ -1166,69 +1165,78 @@
   <si>
     <t>$3.75 P/100 LBS</t>
   </si>
   <si>
     <t>MIN$165.00</t>
   </si>
   <si>
     <t>$65.00</t>
   </si>
   <si>
     <t>PHX</t>
   </si>
   <si>
     <t>PHOENIX</t>
   </si>
   <si>
     <t>MIN $175</t>
   </si>
   <si>
     <t>PIT</t>
   </si>
   <si>
     <t>PITTSBURGH</t>
   </si>
   <si>
-    <t>$0.035 P/LB X CBM X 800 OR WEIGHT WHICHEVER IS GREATER</t>
+    <t>DIAMOND CARGO EXPRESS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IN $0.015 P/LB  &amp; LOADING OUT $0.02 P/LB</t>
+  </si>
+  <si>
+    <t>MIN IN $15.00 , MIN OUT $15.00</t>
+  </si>
+  <si>
+    <t>$15.00 OVER 12FT</t>
+  </si>
+  <si>
+    <t>PDX</t>
+  </si>
+  <si>
+    <t>PORTLAND</t>
+  </si>
+  <si>
+    <t>TERMINAL TRANSFER INC.</t>
+  </si>
+  <si>
+    <t>$7.50 P/CBM OR 1000 LBS WHICHEVER IS GREATER</t>
+  </si>
+  <si>
+    <t>MIN $20.00</t>
   </si>
   <si>
     <t>$10.00</t>
-  </si>
-[...13 lines deleted...]
-    <t>MIN $20.00</t>
   </si>
   <si>
     <t>$18.00</t>
   </si>
   <si>
     <t>$21.00</t>
   </si>
   <si>
     <t>$75 HAZ MAT HANDLIN , $25.00 HAZ MAT DOC</t>
   </si>
   <si>
     <t>RAG</t>
   </si>
   <si>
     <t>RALEIGH</t>
   </si>
   <si>
     <t>$0.05 P/1 LBS</t>
   </si>
   <si>
     <t>MIN 50</t>
   </si>
   <si>
     <t>3 CALENDAR SAYS</t>
   </si>
@@ -1281,51 +1289,51 @@
   </si>
   <si>
     <t>SAN DIEGO</t>
   </si>
   <si>
     <t>SFO</t>
   </si>
   <si>
     <t>SAN FRANCISCO</t>
   </si>
   <si>
     <t>SAV</t>
   </si>
   <si>
     <t>SAVANNAH</t>
   </si>
   <si>
     <t>CARGO GROUP LLC</t>
   </si>
   <si>
     <t xml:space="preserve">$2.05 P/100 PALLETIZED HANDLING IN 
 $2.05 P/100 PALLETIZED HANDLING OUT 
 $1.00 P/CARTON LOOSE HANDLING IN &amp; OUT</t>
   </si>
   <si>
-    <t>MIN $110.00 PALLETIZED CARGO , $500.00 LOOSE HANDL</t>
+    <t xml:space="preserve">MIN $220 PALLETIZED  , $500.00 LOOSE HANDL</t>
   </si>
   <si>
     <t>MIN $30.00 OVERSIZE , MIN $50.00 OVERWEIGHT</t>
   </si>
   <si>
     <t>SEA</t>
   </si>
   <si>
     <t>SEATTLE</t>
   </si>
   <si>
     <t>SHV</t>
   </si>
   <si>
     <t>SHREVEPORT</t>
   </si>
   <si>
     <t>MURPHY WAREHOUSE</t>
   </si>
   <si>
     <t>$15 P/PALLET</t>
   </si>
   <si>
     <t>10 BUSINESS DAYS</t>
   </si>
@@ -1383,50 +1391,53 @@
   </si>
   <si>
     <t xml:space="preserve">$1.30 P/100 LBS GENERAL 
 $2.30 P/100 LBS HAZ MAT</t>
   </si>
   <si>
     <t>MIN 25.00 GENERAL , MIN $40.00 HAZ MAT</t>
   </si>
   <si>
     <t>TUS</t>
   </si>
   <si>
     <t>TUCSON</t>
   </si>
   <si>
     <t>TUL</t>
   </si>
   <si>
     <t>TULSA</t>
   </si>
   <si>
     <t>MILES SHIPPING</t>
   </si>
   <si>
     <t>$0.04/LB OR $20.00 P/CBM WHICHEVER IS GREATER</t>
+  </si>
+  <si>
+    <t>$30.00</t>
   </si>
   <si>
     <t>$16.00 P/PALLET</t>
   </si>
   <si>
     <t>ICT</t>
   </si>
   <si>
     <t>WICHITA</t>
   </si>
   <si>
     <t>FLAT FEE $80.00</t>
   </si>
   <si>
     <t>2 BUSINESS DAY</t>
   </si>
   <si>
     <t>ILM</t>
   </si>
   <si>
     <t>WILMINGTON</t>
   </si>
   <si>
     <t>CAPEFEAR BONDED WAREHOUSE</t>
   </si>
@@ -1520,51 +1531,51 @@
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:O72"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="9.140625" customWidth="1"/>
     <col min="2" max="2" width="15.559458732605" customWidth="1"/>
     <col min="3" max="3" width="40.3718566894531" customWidth="1"/>
     <col min="4" max="4" width="95.7896118164063" customWidth="1"/>
-    <col min="5" max="5" width="51.2654609680176" customWidth="1"/>
+    <col min="5" max="5" width="49.2899169921875" customWidth="1"/>
     <col min="6" max="6" width="42.0527534484863" customWidth="1"/>
     <col min="7" max="7" width="33.4047889709473" customWidth="1"/>
     <col min="8" max="8" width="28.6209354400635" customWidth="1"/>
     <col min="9" max="9" width="36.0217895507813" customWidth="1"/>
     <col min="10" max="10" width="39.0183410644531" customWidth="1"/>
     <col min="11" max="11" width="125.076545715332" customWidth="1"/>
     <col min="12" max="12" width="77.6298370361328" customWidth="1"/>
     <col min="13" max="13" width="98.1897201538086" customWidth="1"/>
     <col min="14" max="14" width="15.4336223602295" customWidth="1"/>
     <col min="15" max="15" width="52.0532188415527" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
@@ -1925,820 +1936,820 @@
       <c r="G9" s="4" t="s">
         <v>21</v>
       </c>
       <c r="H9" s="4" t="s">
         <v>34</v>
       </c>
       <c r="I9" s="4" t="s">
         <v>21</v>
       </c>
       <c r="J9" s="4" t="s">
         <v>21</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>82</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>83</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>71</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>84</v>
       </c>
       <c r="O9" s="4" t="s">
-        <v>38</v>
+        <v>85</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B10" s="5" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C10" s="5" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D10" s="5" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="E10" s="5" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="F10" s="5" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="G10" s="5" t="s">
         <v>21</v>
       </c>
       <c r="H10" s="5" t="s">
         <v>21</v>
       </c>
       <c r="I10" s="5" t="s">
         <v>21</v>
       </c>
       <c r="J10" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K10" s="5" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="L10" s="5" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="M10" s="5" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="N10" s="5" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="O10" s="5" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="4" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B11" s="4" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C11" s="4" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D11" s="4" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="E11" s="4" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="F11" s="4" t="s">
         <v>21</v>
       </c>
       <c r="G11" s="4" t="s">
         <v>21</v>
       </c>
       <c r="H11" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I11" s="4" t="s">
         <v>21</v>
       </c>
       <c r="J11" s="4" t="s">
         <v>21</v>
       </c>
       <c r="K11" s="4" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="L11" s="4" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="M11" s="4" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="N11" s="4" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="O11" s="4" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B12" s="5" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C12" s="5" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="D12" s="5" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="E12" s="5" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="F12" s="5" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="G12" s="5" t="s">
         <v>21</v>
       </c>
       <c r="H12" s="5" t="s">
         <v>21</v>
       </c>
       <c r="I12" s="5" t="s">
         <v>21</v>
       </c>
       <c r="J12" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K12" s="5" t="s">
         <v>21</v>
       </c>
       <c r="L12" s="5" t="s">
         <v>21</v>
       </c>
       <c r="M12" s="5" t="s">
         <v>21</v>
       </c>
       <c r="N12" s="5" t="s">
         <v>25</v>
       </c>
       <c r="O12" s="5" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="4" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B13" s="4" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C13" s="4" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D13" s="4" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="E13" s="4" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="F13" s="4" t="s">
         <v>21</v>
       </c>
       <c r="G13" s="4" t="s">
         <v>21</v>
       </c>
       <c r="H13" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I13" s="4" t="s">
         <v>21</v>
       </c>
       <c r="J13" s="4" t="s">
         <v>21</v>
       </c>
       <c r="K13" s="4" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>21</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>21</v>
       </c>
       <c r="O13" s="4" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B14" s="5" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C14" s="5" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="D14" s="5" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="E14" s="5" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="F14" s="5" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="G14" s="5" t="s">
         <v>21</v>
       </c>
       <c r="H14" s="5" t="s">
         <v>21</v>
       </c>
       <c r="I14" s="5" t="s">
         <v>21</v>
       </c>
       <c r="J14" s="5" t="s">
         <v>56</v>
       </c>
       <c r="K14" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="L14" s="5" t="s">
+        <v>126</v>
+      </c>
+      <c r="M14" s="5" t="s">
+        <v>127</v>
+      </c>
+      <c r="N14" s="5" t="s">
         <v>124</v>
       </c>
-      <c r="L14" s="5" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O14" s="5" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="4" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B15" s="4" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C15" s="4" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="D15" s="4" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="E15" s="4" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="F15" s="4" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="G15" s="4" t="s">
         <v>21</v>
       </c>
       <c r="H15" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I15" s="4" t="s">
         <v>21</v>
       </c>
       <c r="J15" s="4" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>21</v>
       </c>
       <c r="L15" s="4" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N15" s="4" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="O15" s="4" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B16" s="5" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C16" s="5" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D16" s="5" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="E16" s="5" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="F16" s="5" t="s">
-        <v>142</v>
+        <v>133</v>
       </c>
       <c r="G16" s="5" t="s">
         <v>21</v>
       </c>
       <c r="H16" s="5" t="s">
         <v>21</v>
       </c>
       <c r="I16" s="5" t="s">
         <v>21</v>
       </c>
       <c r="J16" s="5" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="K16" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="L16" s="5" t="s">
         <v>143</v>
       </c>
-      <c r="L16" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M16" s="5" t="s">
         <v>21</v>
       </c>
       <c r="N16" s="5" t="s">
-        <v>21</v>
+        <v>144</v>
       </c>
       <c r="O16" s="5" t="s">
-        <v>26</v>
+        <v>105</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="4" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B17" s="4" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C17" s="4" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="D17" s="4" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="E17" s="4" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="F17" s="4" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="G17" s="4" t="s">
         <v>21</v>
       </c>
       <c r="H17" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I17" s="4" t="s">
         <v>21</v>
       </c>
       <c r="J17" s="4" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="K17" s="4" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="L17" s="4" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N17" s="4" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="O17" s="4" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="B18" s="5" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C18" s="5" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="D18" s="5" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="E18" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F18" s="5" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="G18" s="5" t="s">
         <v>21</v>
       </c>
       <c r="H18" s="5" t="s">
         <v>21</v>
       </c>
       <c r="I18" s="5" t="s">
         <v>21</v>
       </c>
       <c r="J18" s="5" t="s">
         <v>34</v>
       </c>
       <c r="K18" s="5" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="L18" s="5" t="s">
         <v>22</v>
       </c>
       <c r="M18" s="5" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="N18" s="5" t="s">
         <v>25</v>
       </c>
       <c r="O18" s="5" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="4" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B19" s="4" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C19" s="4" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D19" s="4" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="E19" s="4" t="s">
         <v>21</v>
       </c>
       <c r="F19" s="4" t="s">
         <v>21</v>
       </c>
       <c r="G19" s="4" t="s">
         <v>21</v>
       </c>
       <c r="H19" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I19" s="4" t="s">
         <v>21</v>
       </c>
       <c r="J19" s="4" t="s">
         <v>21</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>21</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>21</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>21</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="B20" s="5" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C20" s="5" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="D20" s="5" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="E20" s="5" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="F20" s="5" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="G20" s="5" t="s">
         <v>21</v>
       </c>
       <c r="H20" s="5" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="I20" s="5" t="s">
         <v>21</v>
       </c>
       <c r="J20" s="5" t="s">
         <v>56</v>
       </c>
       <c r="K20" s="5" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="L20" s="5" t="s">
         <v>23</v>
       </c>
       <c r="M20" s="5" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="N20" s="5" t="s">
         <v>25</v>
       </c>
       <c r="O20" s="5" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="4" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="B21" s="4" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C21" s="4" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D21" s="4" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="E21" s="4" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="F21" s="4" t="s">
         <v>21</v>
       </c>
       <c r="G21" s="4" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="H21" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I21" s="4" t="s">
         <v>21</v>
       </c>
       <c r="J21" s="4" t="s">
         <v>21</v>
       </c>
       <c r="K21" s="4" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="L21" s="4" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="M21" s="4" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>76</v>
       </c>
       <c r="O21" s="4" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="B22" s="5" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="C22" s="5" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D22" s="5" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="E22" s="5" t="s">
         <v>31</v>
       </c>
       <c r="F22" s="5" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="G22" s="5" t="s">
         <v>21</v>
       </c>
       <c r="H22" s="5" t="s">
         <v>21</v>
       </c>
       <c r="I22" s="5" t="s">
         <v>21</v>
       </c>
       <c r="J22" s="5" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="K22" s="5" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="L22" s="5" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="M22" s="5" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="N22" s="5" t="s">
         <v>25</v>
       </c>
       <c r="O22" s="5" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="4" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="B23" s="4" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="C23" s="4" t="s">
         <v>79</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>80</v>
       </c>
       <c r="E23" s="4" t="s">
         <v>71</v>
       </c>
       <c r="F23" s="4" t="s">
         <v>81</v>
       </c>
       <c r="G23" s="4" t="s">
         <v>21</v>
       </c>
       <c r="H23" s="4" t="s">
         <v>34</v>
       </c>
       <c r="I23" s="4" t="s">
         <v>21</v>
       </c>
       <c r="J23" s="4" t="s">
         <v>21</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>82</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>83</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>71</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>84</v>
       </c>
       <c r="O23" s="4" t="s">
-        <v>38</v>
+        <v>85</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B24" s="5" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C24" s="5" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D24" s="5" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="E24" s="5" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="F24" s="5" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="G24" s="5" t="s">
         <v>21</v>
       </c>
       <c r="H24" s="5" t="s">
         <v>21</v>
       </c>
       <c r="I24" s="5" t="s">
         <v>21</v>
       </c>
       <c r="J24" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K24" s="5" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="L24" s="5" t="s">
         <v>23</v>
       </c>
       <c r="M24" s="5" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="N24" s="5" t="s">
         <v>21</v>
       </c>
       <c r="O24" s="5" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="4" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="B25" s="4" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C25" s="4" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="D25" s="4" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="E25" s="4" t="s">
         <v>21</v>
       </c>
       <c r="F25" s="4" t="s">
         <v>21</v>
       </c>
       <c r="G25" s="4" t="s">
         <v>21</v>
       </c>
       <c r="H25" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I25" s="4" t="s">
         <v>21</v>
       </c>
       <c r="J25" s="4" t="s">
         <v>21</v>
       </c>
       <c r="K25" s="4" t="s">
         <v>21</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>21</v>
       </c>
       <c r="M25" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N25" s="4" t="s">
         <v>21</v>
       </c>
       <c r="O25" s="4" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="B26" s="5" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="C26" s="5" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D26" s="5" t="s">
-        <v>21</v>
+        <v>162</v>
       </c>
       <c r="E26" s="5" t="s">
-        <v>198</v>
+        <v>21</v>
       </c>
       <c r="F26" s="5" t="s">
         <v>21</v>
       </c>
       <c r="G26" s="5" t="s">
         <v>21</v>
       </c>
       <c r="H26" s="5" t="s">
         <v>21</v>
       </c>
       <c r="I26" s="5" t="s">
         <v>21</v>
       </c>
       <c r="J26" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K26" s="5" t="s">
         <v>21</v>
       </c>
       <c r="L26" s="5" t="s">
         <v>21</v>
       </c>
       <c r="M26" s="5" t="s">
         <v>21</v>
       </c>
@@ -2771,98 +2782,98 @@
       <c r="G27" s="4" t="s">
         <v>21</v>
       </c>
       <c r="H27" s="4" t="s">
         <v>34</v>
       </c>
       <c r="I27" s="4" t="s">
         <v>21</v>
       </c>
       <c r="J27" s="4" t="s">
         <v>21</v>
       </c>
       <c r="K27" s="4" t="s">
         <v>82</v>
       </c>
       <c r="L27" s="4" t="s">
         <v>83</v>
       </c>
       <c r="M27" s="4" t="s">
         <v>71</v>
       </c>
       <c r="N27" s="4" t="s">
         <v>84</v>
       </c>
       <c r="O27" s="4" t="s">
-        <v>38</v>
+        <v>85</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
         <v>201</v>
       </c>
       <c r="B28" s="5" t="s">
         <v>202</v>
       </c>
       <c r="C28" s="5" t="s">
         <v>203</v>
       </c>
       <c r="D28" s="5" t="s">
         <v>204</v>
       </c>
       <c r="E28" s="5" t="s">
         <v>205</v>
       </c>
       <c r="F28" s="5" t="s">
         <v>22</v>
       </c>
       <c r="G28" s="5" t="s">
         <v>21</v>
       </c>
       <c r="H28" s="5" t="s">
         <v>23</v>
       </c>
       <c r="I28" s="5" t="s">
         <v>206</v>
       </c>
       <c r="J28" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K28" s="5" t="s">
         <v>207</v>
       </c>
       <c r="L28" s="5" t="s">
         <v>208</v>
       </c>
       <c r="M28" s="5" t="s">
         <v>209</v>
       </c>
       <c r="N28" s="5" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="O28" s="5" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="4" t="s">
         <v>210</v>
       </c>
       <c r="B29" s="4" t="s">
         <v>211</v>
       </c>
       <c r="C29" s="4" t="s">
         <v>61</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>62</v>
       </c>
       <c r="E29" s="4" t="s">
         <v>31</v>
       </c>
       <c r="F29" s="4" t="s">
         <v>21</v>
       </c>
       <c r="G29" s="4" t="s">
         <v>21</v>
       </c>
       <c r="H29" s="4" t="s">
@@ -2876,307 +2887,307 @@
       </c>
       <c r="K29" s="4" t="s">
         <v>63</v>
       </c>
       <c r="L29" s="4" t="s">
         <v>64</v>
       </c>
       <c r="M29" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N29" s="4" t="s">
         <v>65</v>
       </c>
       <c r="O29" s="4" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
         <v>212</v>
       </c>
       <c r="B30" s="5" t="s">
         <v>213</v>
       </c>
       <c r="C30" s="5" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D30" s="5" t="s">
         <v>21</v>
       </c>
       <c r="E30" s="5" t="s">
-        <v>198</v>
+        <v>214</v>
       </c>
       <c r="F30" s="5" t="s">
         <v>21</v>
       </c>
       <c r="G30" s="5" t="s">
         <v>21</v>
       </c>
       <c r="H30" s="5" t="s">
         <v>21</v>
       </c>
       <c r="I30" s="5" t="s">
         <v>21</v>
       </c>
       <c r="J30" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K30" s="5" t="s">
         <v>21</v>
       </c>
       <c r="L30" s="5" t="s">
         <v>21</v>
       </c>
       <c r="M30" s="5" t="s">
         <v>21</v>
       </c>
       <c r="N30" s="5" t="s">
         <v>21</v>
       </c>
       <c r="O30" s="5" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="4" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B31" s="4" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C31" s="4" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="D31" s="4" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="E31" s="4" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="F31" s="4" t="s">
         <v>22</v>
       </c>
       <c r="G31" s="4" t="s">
         <v>21</v>
       </c>
       <c r="H31" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I31" s="4" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="J31" s="4" t="s">
         <v>56</v>
       </c>
       <c r="K31" s="4" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="L31" s="4" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="M31" s="4" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="N31" s="4" t="s">
         <v>76</v>
       </c>
       <c r="O31" s="4" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="B32" s="5" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="C32" s="5" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="D32" s="5" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="E32" s="5" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="F32" s="5" t="s">
         <v>21</v>
       </c>
       <c r="G32" s="5" t="s">
         <v>21</v>
       </c>
       <c r="H32" s="5" t="s">
         <v>21</v>
       </c>
       <c r="I32" s="5" t="s">
         <v>21</v>
       </c>
       <c r="J32" s="5" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="K32" s="5" t="s">
         <v>21</v>
       </c>
       <c r="L32" s="5" t="s">
         <v>23</v>
       </c>
       <c r="M32" s="5" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="N32" s="5" t="s">
         <v>25</v>
       </c>
       <c r="O32" s="5" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="4" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="B33" s="4" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="C33" s="4" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="D33" s="4" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="E33" s="4" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="F33" s="4" t="s">
         <v>23</v>
       </c>
       <c r="G33" s="4" t="s">
         <v>21</v>
       </c>
       <c r="H33" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I33" s="4" t="s">
         <v>21</v>
       </c>
       <c r="J33" s="4" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="K33" s="4" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="L33" s="4" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="M33" s="4" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="N33" s="4" t="s">
         <v>25</v>
       </c>
       <c r="O33" s="4" t="s">
-        <v>38</v>
+        <v>85</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="B34" s="5" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="C34" s="5" t="s">
         <v>79</v>
       </c>
       <c r="D34" s="5" t="s">
         <v>80</v>
       </c>
       <c r="E34" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F34" s="5" t="s">
         <v>81</v>
       </c>
       <c r="G34" s="5" t="s">
         <v>21</v>
       </c>
       <c r="H34" s="5" t="s">
         <v>34</v>
       </c>
       <c r="I34" s="5" t="s">
         <v>21</v>
       </c>
       <c r="J34" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K34" s="5" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="L34" s="5" t="s">
         <v>83</v>
       </c>
       <c r="M34" s="5" t="s">
         <v>71</v>
       </c>
       <c r="N34" s="5" t="s">
         <v>84</v>
       </c>
       <c r="O34" s="5" t="s">
-        <v>38</v>
+        <v>85</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="4" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="B35" s="4" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="C35" s="4" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="D35" s="4" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="E35" s="4" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="F35" s="4" t="s">
         <v>21</v>
       </c>
       <c r="G35" s="4" t="s">
         <v>21</v>
       </c>
       <c r="H35" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I35" s="4" t="s">
         <v>21</v>
       </c>
       <c r="J35" s="4" t="s">
-        <v>246</v>
+        <v>143</v>
       </c>
       <c r="K35" s="4" t="s">
         <v>247</v>
       </c>
       <c r="L35" s="4" t="s">
         <v>83</v>
       </c>
       <c r="M35" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N35" s="4" t="s">
         <v>76</v>
       </c>
       <c r="O35" s="4" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="5" t="s">
         <v>248</v>
       </c>
       <c r="B36" s="5" t="s">
         <v>249</v>
       </c>
       <c r="C36" s="5" t="s">
@@ -3194,74 +3205,74 @@
       <c r="G36" s="5" t="s">
         <v>21</v>
       </c>
       <c r="H36" s="5" t="s">
         <v>21</v>
       </c>
       <c r="I36" s="5" t="s">
         <v>21</v>
       </c>
       <c r="J36" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K36" s="5" t="s">
         <v>21</v>
       </c>
       <c r="L36" s="5" t="s">
         <v>252</v>
       </c>
       <c r="M36" s="5" t="s">
         <v>21</v>
       </c>
       <c r="N36" s="5" t="s">
         <v>76</v>
       </c>
       <c r="O36" s="5" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="4" t="s">
         <v>253</v>
       </c>
       <c r="B37" s="4" t="s">
         <v>254</v>
       </c>
       <c r="C37" s="4" t="s">
         <v>255</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>256</v>
       </c>
       <c r="E37" s="4" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="F37" s="4" t="s">
         <v>21</v>
       </c>
       <c r="G37" s="4" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="H37" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I37" s="4" t="s">
         <v>21</v>
       </c>
       <c r="J37" s="4" t="s">
         <v>34</v>
       </c>
       <c r="K37" s="4" t="s">
         <v>21</v>
       </c>
       <c r="L37" s="4" t="s">
         <v>23</v>
       </c>
       <c r="M37" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N37" s="4" t="s">
         <v>76</v>
       </c>
       <c r="O37" s="4" t="s">
         <v>257</v>
       </c>
@@ -3299,401 +3310,401 @@
       </c>
       <c r="K38" s="5" t="s">
         <v>262</v>
       </c>
       <c r="L38" s="5" t="s">
         <v>263</v>
       </c>
       <c r="M38" s="5" t="s">
         <v>264</v>
       </c>
       <c r="N38" s="5" t="s">
         <v>265</v>
       </c>
       <c r="O38" s="5" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="4" t="s">
         <v>266</v>
       </c>
       <c r="B39" s="4" t="s">
         <v>267</v>
       </c>
       <c r="C39" s="4" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>268</v>
       </c>
       <c r="E39" s="4" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="F39" s="4" t="s">
         <v>22</v>
       </c>
       <c r="G39" s="4" t="s">
         <v>269</v>
       </c>
       <c r="H39" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I39" s="4" t="s">
         <v>270</v>
       </c>
       <c r="J39" s="4" t="s">
         <v>56</v>
       </c>
       <c r="K39" s="4" t="s">
         <v>271</v>
       </c>
       <c r="L39" s="4" t="s">
         <v>21</v>
       </c>
       <c r="M39" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N39" s="4" t="s">
         <v>76</v>
       </c>
       <c r="O39" s="4" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="5" t="s">
         <v>272</v>
       </c>
       <c r="B40" s="5" t="s">
         <v>273</v>
       </c>
       <c r="C40" s="5" t="s">
         <v>274</v>
       </c>
       <c r="D40" s="5" t="s">
         <v>275</v>
       </c>
       <c r="E40" s="5" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="F40" s="5" t="s">
         <v>21</v>
       </c>
       <c r="G40" s="5" t="s">
         <v>21</v>
       </c>
       <c r="H40" s="5" t="s">
         <v>276</v>
       </c>
       <c r="I40" s="5" t="s">
         <v>21</v>
       </c>
       <c r="J40" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K40" s="5" t="s">
         <v>277</v>
       </c>
       <c r="L40" s="5" t="s">
         <v>21</v>
       </c>
       <c r="M40" s="5" t="s">
         <v>21</v>
       </c>
       <c r="N40" s="5" t="s">
         <v>278</v>
       </c>
       <c r="O40" s="5" t="s">
-        <v>38</v>
+        <v>85</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="4" t="s">
         <v>279</v>
       </c>
       <c r="B41" s="4" t="s">
         <v>280</v>
       </c>
       <c r="C41" s="4" t="s">
         <v>281</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>282</v>
       </c>
       <c r="E41" s="4" t="s">
         <v>283</v>
       </c>
       <c r="F41" s="4" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="G41" s="4" t="s">
         <v>21</v>
       </c>
       <c r="H41" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I41" s="4" t="s">
         <v>21</v>
       </c>
       <c r="J41" s="4" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="K41" s="4" t="s">
         <v>284</v>
       </c>
       <c r="L41" s="4" t="s">
         <v>23</v>
       </c>
       <c r="M41" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N41" s="4" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="O41" s="4" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="5" t="s">
         <v>285</v>
       </c>
       <c r="B42" s="5" t="s">
         <v>286</v>
       </c>
       <c r="C42" s="5" t="s">
         <v>287</v>
       </c>
       <c r="D42" s="5" t="s">
         <v>288</v>
       </c>
       <c r="E42" s="5" t="s">
         <v>43</v>
       </c>
       <c r="F42" s="5" t="s">
         <v>21</v>
       </c>
       <c r="G42" s="5" t="s">
         <v>21</v>
       </c>
       <c r="H42" s="5" t="s">
         <v>21</v>
       </c>
       <c r="I42" s="5" t="s">
         <v>21</v>
       </c>
       <c r="J42" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K42" s="5" t="s">
         <v>289</v>
       </c>
       <c r="L42" s="5" t="s">
         <v>21</v>
       </c>
       <c r="M42" s="5" t="s">
         <v>21</v>
       </c>
       <c r="N42" s="5" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="O42" s="5" t="s">
         <v>290</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="4" t="s">
         <v>291</v>
       </c>
       <c r="B43" s="4" t="s">
         <v>292</v>
       </c>
       <c r="C43" s="4" t="s">
         <v>293</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>294</v>
       </c>
       <c r="E43" s="4" t="s">
         <v>295</v>
       </c>
       <c r="F43" s="4" t="s">
         <v>21</v>
       </c>
       <c r="G43" s="4" t="s">
         <v>21</v>
       </c>
       <c r="H43" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I43" s="4" t="s">
         <v>21</v>
       </c>
       <c r="J43" s="4" t="s">
         <v>21</v>
       </c>
       <c r="K43" s="4" t="s">
         <v>296</v>
       </c>
       <c r="L43" s="4" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="M43" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N43" s="4" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="O43" s="4" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="5" t="s">
         <v>297</v>
       </c>
       <c r="B44" s="5" t="s">
         <v>298</v>
       </c>
       <c r="C44" s="5" t="s">
         <v>203</v>
       </c>
       <c r="D44" s="5" t="s">
         <v>204</v>
       </c>
       <c r="E44" s="5" t="s">
         <v>205</v>
       </c>
       <c r="F44" s="5" t="s">
         <v>22</v>
       </c>
       <c r="G44" s="5" t="s">
         <v>21</v>
       </c>
       <c r="H44" s="5" t="s">
         <v>23</v>
       </c>
       <c r="I44" s="5" t="s">
         <v>206</v>
       </c>
       <c r="J44" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K44" s="5" t="s">
         <v>207</v>
       </c>
       <c r="L44" s="5" t="s">
         <v>208</v>
       </c>
       <c r="M44" s="5" t="s">
         <v>209</v>
       </c>
       <c r="N44" s="5" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="O44" s="5" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="4" t="s">
         <v>299</v>
       </c>
       <c r="B45" s="4" t="s">
         <v>300</v>
       </c>
       <c r="C45" s="4" t="s">
         <v>301</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>302</v>
       </c>
       <c r="E45" s="4" t="s">
         <v>303</v>
       </c>
       <c r="F45" s="4" t="s">
         <v>304</v>
       </c>
       <c r="G45" s="4" t="s">
         <v>305</v>
       </c>
       <c r="H45" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I45" s="4" t="s">
         <v>306</v>
       </c>
       <c r="J45" s="4" t="s">
         <v>34</v>
       </c>
       <c r="K45" s="4" t="s">
         <v>307</v>
       </c>
       <c r="L45" s="4" t="s">
         <v>21</v>
       </c>
       <c r="M45" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N45" s="4" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="O45" s="4" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="5" t="s">
         <v>308</v>
       </c>
       <c r="B46" s="5" t="s">
         <v>309</v>
       </c>
       <c r="C46" s="5" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="D46" s="5" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="E46" s="5" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="F46" s="5" t="s">
         <v>21</v>
       </c>
       <c r="G46" s="5" t="s">
         <v>21</v>
       </c>
       <c r="H46" s="5" t="s">
         <v>21</v>
       </c>
       <c r="I46" s="5" t="s">
         <v>21</v>
       </c>
       <c r="J46" s="5" t="s">
-        <v>246</v>
+        <v>143</v>
       </c>
       <c r="K46" s="5" t="s">
         <v>247</v>
       </c>
       <c r="L46" s="5" t="s">
         <v>83</v>
       </c>
       <c r="M46" s="5" t="s">
         <v>21</v>
       </c>
       <c r="N46" s="5" t="s">
         <v>76</v>
       </c>
       <c r="O46" s="5" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="4" t="s">
         <v>310</v>
       </c>
       <c r="B47" s="4" t="s">
         <v>311</v>
       </c>
       <c r="C47" s="4" t="s">
@@ -3702,51 +3713,51 @@
       <c r="D47" s="4" t="s">
         <v>313</v>
       </c>
       <c r="E47" s="4" t="s">
         <v>314</v>
       </c>
       <c r="F47" s="4" t="s">
         <v>22</v>
       </c>
       <c r="G47" s="4" t="s">
         <v>21</v>
       </c>
       <c r="H47" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I47" s="4" t="s">
         <v>315</v>
       </c>
       <c r="J47" s="4" t="s">
         <v>316</v>
       </c>
       <c r="K47" s="4" t="s">
         <v>317</v>
       </c>
       <c r="L47" s="4" t="s">
-        <v>246</v>
+        <v>143</v>
       </c>
       <c r="M47" s="4" t="s">
         <v>318</v>
       </c>
       <c r="N47" s="4" t="s">
         <v>76</v>
       </c>
       <c r="O47" s="4" t="s">
         <v>319</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="5" t="s">
         <v>320</v>
       </c>
       <c r="B48" s="5" t="s">
         <v>321</v>
       </c>
       <c r="C48" s="5" t="s">
         <v>322</v>
       </c>
       <c r="D48" s="5" t="s">
         <v>323</v>
       </c>
       <c r="E48" s="5" t="s">
@@ -3758,51 +3769,51 @@
       <c r="G48" s="5" t="s">
         <v>21</v>
       </c>
       <c r="H48" s="5" t="s">
         <v>21</v>
       </c>
       <c r="I48" s="5" t="s">
         <v>21</v>
       </c>
       <c r="J48" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K48" s="5" t="s">
         <v>324</v>
       </c>
       <c r="L48" s="5" t="s">
         <v>23</v>
       </c>
       <c r="M48" s="5" t="s">
         <v>21</v>
       </c>
       <c r="N48" s="5" t="s">
         <v>325</v>
       </c>
       <c r="O48" s="5" t="s">
-        <v>38</v>
+        <v>85</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="4" t="s">
         <v>326</v>
       </c>
       <c r="B49" s="4" t="s">
         <v>327</v>
       </c>
       <c r="C49" s="4" t="s">
         <v>328</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>329</v>
       </c>
       <c r="E49" s="4" t="s">
         <v>330</v>
       </c>
       <c r="F49" s="4" t="s">
         <v>22</v>
       </c>
       <c r="G49" s="4" t="s">
         <v>331</v>
       </c>
       <c r="H49" s="4" t="s">
@@ -3843,60 +3854,60 @@
       <c r="D50" s="5" t="s">
         <v>337</v>
       </c>
       <c r="E50" s="5" t="s">
         <v>338</v>
       </c>
       <c r="F50" s="5" t="s">
         <v>339</v>
       </c>
       <c r="G50" s="5" t="s">
         <v>21</v>
       </c>
       <c r="H50" s="5" t="s">
         <v>21</v>
       </c>
       <c r="I50" s="5" t="s">
         <v>21</v>
       </c>
       <c r="J50" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K50" s="5" t="s">
         <v>340</v>
       </c>
       <c r="L50" s="5" t="s">
-        <v>246</v>
+        <v>143</v>
       </c>
       <c r="M50" s="5" t="s">
         <v>21</v>
       </c>
       <c r="N50" s="5" t="s">
         <v>65</v>
       </c>
       <c r="O50" s="5" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="4" t="s">
         <v>341</v>
       </c>
       <c r="B51" s="4" t="s">
         <v>342</v>
       </c>
       <c r="C51" s="4" t="s">
         <v>343</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>344</v>
       </c>
       <c r="E51" s="4" t="s">
         <v>345</v>
       </c>
       <c r="F51" s="4" t="s">
         <v>21</v>
       </c>
       <c r="G51" s="4" t="s">
         <v>346</v>
       </c>
       <c r="H51" s="4" t="s">
@@ -3919,1002 +3930,1002 @@
       </c>
       <c r="N51" s="4" t="s">
         <v>350</v>
       </c>
       <c r="O51" s="4" t="s">
         <v>351</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="5" t="s">
         <v>352</v>
       </c>
       <c r="B52" s="5" t="s">
         <v>353</v>
       </c>
       <c r="C52" s="5" t="s">
         <v>354</v>
       </c>
       <c r="D52" s="5" t="s">
         <v>355</v>
       </c>
       <c r="E52" s="5" t="s">
         <v>356</v>
       </c>
       <c r="F52" s="5" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="G52" s="5" t="s">
         <v>21</v>
       </c>
       <c r="H52" s="5" t="s">
         <v>21</v>
       </c>
       <c r="I52" s="5" t="s">
         <v>22</v>
       </c>
       <c r="J52" s="5" t="s">
         <v>357</v>
       </c>
       <c r="K52" s="5" t="s">
         <v>21</v>
       </c>
       <c r="L52" s="5" t="s">
         <v>357</v>
       </c>
       <c r="M52" s="5" t="s">
         <v>83</v>
       </c>
       <c r="N52" s="5" t="s">
         <v>21</v>
       </c>
       <c r="O52" s="5" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="4" t="s">
         <v>358</v>
       </c>
       <c r="B53" s="4" t="s">
         <v>359</v>
       </c>
       <c r="C53" s="4" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="D53" s="4" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="E53" s="4" t="s">
         <v>360</v>
       </c>
       <c r="F53" s="4" t="s">
         <v>21</v>
       </c>
       <c r="G53" s="4" t="s">
         <v>21</v>
       </c>
       <c r="H53" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I53" s="4" t="s">
         <v>21</v>
       </c>
       <c r="J53" s="4" t="s">
-        <v>246</v>
+        <v>143</v>
       </c>
       <c r="K53" s="4" t="s">
         <v>247</v>
       </c>
       <c r="L53" s="4" t="s">
         <v>83</v>
       </c>
       <c r="M53" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N53" s="4" t="s">
         <v>76</v>
       </c>
       <c r="O53" s="4" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="5" t="s">
         <v>361</v>
       </c>
       <c r="B54" s="5" t="s">
         <v>362</v>
       </c>
       <c r="C54" s="5" t="s">
-        <v>139</v>
+        <v>363</v>
       </c>
       <c r="D54" s="5" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="E54" s="5" t="s">
-        <v>20</v>
+        <v>365</v>
       </c>
       <c r="F54" s="5" t="s">
-        <v>142</v>
+        <v>134</v>
       </c>
       <c r="G54" s="5" t="s">
         <v>21</v>
       </c>
       <c r="H54" s="5" t="s">
         <v>21</v>
       </c>
       <c r="I54" s="5" t="s">
         <v>21</v>
       </c>
       <c r="J54" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K54" s="5" t="s">
         <v>21</v>
       </c>
       <c r="L54" s="5" t="s">
-        <v>125</v>
+        <v>21</v>
       </c>
       <c r="M54" s="5" t="s">
-        <v>21</v>
+        <v>366</v>
       </c>
       <c r="N54" s="5" t="s">
-        <v>364</v>
+        <v>21</v>
       </c>
       <c r="O54" s="5" t="s">
-        <v>38</v>
+        <v>105</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="4" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="B55" s="4" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="C55" s="4" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="D55" s="4" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="E55" s="4" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="F55" s="4" t="s">
-        <v>364</v>
+        <v>372</v>
       </c>
       <c r="G55" s="4" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="H55" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I55" s="4" t="s">
-        <v>371</v>
+        <v>374</v>
       </c>
       <c r="J55" s="4" t="s">
         <v>34</v>
       </c>
       <c r="K55" s="4" t="s">
         <v>21</v>
       </c>
       <c r="L55" s="4" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="M55" s="4" t="s">
-        <v>246</v>
+        <v>143</v>
       </c>
       <c r="N55" s="4" t="s">
         <v>76</v>
       </c>
       <c r="O55" s="4" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="5" t="s">
-        <v>373</v>
+        <v>376</v>
       </c>
       <c r="B56" s="5" t="s">
-        <v>374</v>
+        <v>377</v>
       </c>
       <c r="C56" s="5" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="D56" s="5" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="E56" s="5" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="F56" s="5" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="G56" s="5" t="s">
         <v>21</v>
       </c>
       <c r="H56" s="5" t="s">
         <v>21</v>
       </c>
       <c r="I56" s="5" t="s">
         <v>21</v>
       </c>
       <c r="J56" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K56" s="5" t="s">
         <v>21</v>
       </c>
       <c r="L56" s="5" t="s">
         <v>21</v>
       </c>
       <c r="M56" s="5" t="s">
         <v>21</v>
       </c>
       <c r="N56" s="5" t="s">
         <v>21</v>
       </c>
       <c r="O56" s="5" t="s">
-        <v>377</v>
+        <v>380</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="4" t="s">
-        <v>378</v>
+        <v>381</v>
       </c>
       <c r="B57" s="4" t="s">
-        <v>379</v>
+        <v>382</v>
       </c>
       <c r="C57" s="4" t="s">
-        <v>380</v>
+        <v>383</v>
       </c>
       <c r="D57" s="4" t="s">
-        <v>381</v>
+        <v>384</v>
       </c>
       <c r="E57" s="4" t="s">
         <v>71</v>
       </c>
       <c r="F57" s="4" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="G57" s="4" t="s">
         <v>21</v>
       </c>
       <c r="H57" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I57" s="4" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="J57" s="4" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="K57" s="4" t="s">
         <v>21</v>
       </c>
       <c r="L57" s="4" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="M57" s="4" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="N57" s="4" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="O57" s="4" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="5" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="B58" s="5" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="C58" s="5" t="s">
-        <v>386</v>
+        <v>389</v>
       </c>
       <c r="D58" s="5" t="s">
-        <v>387</v>
+        <v>390</v>
       </c>
       <c r="E58" s="5" t="s">
-        <v>388</v>
+        <v>391</v>
       </c>
       <c r="F58" s="5" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="G58" s="5" t="s">
         <v>21</v>
       </c>
       <c r="H58" s="5" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="I58" s="5" t="s">
         <v>21</v>
       </c>
       <c r="J58" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K58" s="5" t="s">
-        <v>389</v>
+        <v>392</v>
       </c>
       <c r="L58" s="5" t="s">
         <v>23</v>
       </c>
       <c r="M58" s="5" t="s">
         <v>23</v>
       </c>
       <c r="N58" s="5" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="O58" s="5" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="4" t="s">
-        <v>390</v>
+        <v>393</v>
       </c>
       <c r="B59" s="4" t="s">
-        <v>391</v>
+        <v>394</v>
       </c>
       <c r="C59" s="4" t="s">
         <v>79</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>80</v>
       </c>
       <c r="E59" s="4" t="s">
         <v>71</v>
       </c>
       <c r="F59" s="4" t="s">
         <v>81</v>
       </c>
       <c r="G59" s="4" t="s">
         <v>21</v>
       </c>
       <c r="H59" s="4" t="s">
         <v>34</v>
       </c>
       <c r="I59" s="4" t="s">
         <v>21</v>
       </c>
       <c r="J59" s="4" t="s">
         <v>21</v>
       </c>
       <c r="K59" s="4" t="s">
         <v>82</v>
       </c>
       <c r="L59" s="4" t="s">
         <v>83</v>
       </c>
       <c r="M59" s="4" t="s">
         <v>71</v>
       </c>
       <c r="N59" s="4" t="s">
         <v>84</v>
       </c>
       <c r="O59" s="4" t="s">
-        <v>38</v>
+        <v>85</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="5" t="s">
-        <v>392</v>
+        <v>395</v>
       </c>
       <c r="B60" s="5" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="C60" s="5" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="D60" s="5" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="E60" s="5" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="F60" s="5" t="s">
         <v>21</v>
       </c>
       <c r="G60" s="5" t="s">
         <v>21</v>
       </c>
       <c r="H60" s="5" t="s">
         <v>21</v>
       </c>
       <c r="I60" s="5" t="s">
         <v>21</v>
       </c>
       <c r="J60" s="5" t="s">
-        <v>246</v>
+        <v>143</v>
       </c>
       <c r="K60" s="5" t="s">
         <v>247</v>
       </c>
       <c r="L60" s="5" t="s">
         <v>83</v>
       </c>
       <c r="M60" s="5" t="s">
         <v>21</v>
       </c>
       <c r="N60" s="5" t="s">
         <v>76</v>
       </c>
       <c r="O60" s="5" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="4" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="B61" s="4" t="s">
-        <v>395</v>
+        <v>398</v>
       </c>
       <c r="C61" s="4" t="s">
         <v>322</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>323</v>
       </c>
       <c r="E61" s="4" t="s">
         <v>20</v>
       </c>
       <c r="F61" s="4" t="s">
         <v>74</v>
       </c>
       <c r="G61" s="4" t="s">
         <v>21</v>
       </c>
       <c r="H61" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I61" s="4" t="s">
         <v>21</v>
       </c>
       <c r="J61" s="4" t="s">
         <v>21</v>
       </c>
       <c r="K61" s="4" t="s">
         <v>324</v>
       </c>
       <c r="L61" s="4" t="s">
         <v>23</v>
       </c>
       <c r="M61" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N61" s="4" t="s">
         <v>325</v>
       </c>
       <c r="O61" s="4" t="s">
-        <v>38</v>
+        <v>85</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="5" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="B62" s="5" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
       <c r="C62" s="5" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="D62" s="5" t="s">
-        <v>399</v>
+        <v>402</v>
       </c>
       <c r="E62" s="5" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
       <c r="F62" s="5" t="s">
-        <v>364</v>
+        <v>372</v>
       </c>
       <c r="G62" s="5" t="s">
         <v>21</v>
       </c>
       <c r="H62" s="5" t="s">
         <v>21</v>
       </c>
       <c r="I62" s="5" t="s">
         <v>21</v>
       </c>
       <c r="J62" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K62" s="5" t="s">
         <v>21</v>
       </c>
       <c r="L62" s="5" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="M62" s="5" t="s">
-        <v>401</v>
+        <v>404</v>
       </c>
       <c r="N62" s="5" t="s">
         <v>76</v>
       </c>
       <c r="O62" s="5" t="s">
-        <v>38</v>
+        <v>85</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="4" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
       <c r="B63" s="4" t="s">
-        <v>403</v>
+        <v>406</v>
       </c>
       <c r="C63" s="4" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="D63" s="4" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="E63" s="4" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="F63" s="4" t="s">
-        <v>364</v>
+        <v>372</v>
       </c>
       <c r="G63" s="4" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="H63" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I63" s="4" t="s">
-        <v>371</v>
+        <v>374</v>
       </c>
       <c r="J63" s="4" t="s">
         <v>34</v>
       </c>
       <c r="K63" s="4" t="s">
         <v>21</v>
       </c>
       <c r="L63" s="4" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="M63" s="4" t="s">
-        <v>246</v>
+        <v>143</v>
       </c>
       <c r="N63" s="4" t="s">
         <v>76</v>
       </c>
       <c r="O63" s="4" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="5" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="B64" s="5" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="C64" s="5" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="D64" s="5" t="s">
-        <v>407</v>
+        <v>410</v>
       </c>
       <c r="E64" s="5" t="s">
         <v>31</v>
       </c>
       <c r="F64" s="5" t="s">
         <v>21</v>
       </c>
       <c r="G64" s="5" t="s">
         <v>21</v>
       </c>
       <c r="H64" s="5" t="s">
         <v>21</v>
       </c>
       <c r="I64" s="5" t="s">
         <v>21</v>
       </c>
       <c r="J64" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K64" s="5" t="s">
         <v>21</v>
       </c>
       <c r="L64" s="5" t="s">
         <v>21</v>
       </c>
       <c r="M64" s="5" t="s">
         <v>21</v>
       </c>
       <c r="N64" s="5" t="s">
         <v>21</v>
       </c>
       <c r="O64" s="5" t="s">
-        <v>408</v>
+        <v>411</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="4" t="s">
-        <v>409</v>
+        <v>412</v>
       </c>
       <c r="B65" s="4" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="C65" s="4" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="D65" s="4" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
       <c r="E65" s="4" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
       <c r="F65" s="4" t="s">
         <v>21</v>
       </c>
       <c r="G65" s="4" t="s">
         <v>21</v>
       </c>
       <c r="H65" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I65" s="4" t="s">
         <v>21</v>
       </c>
       <c r="J65" s="4" t="s">
         <v>357</v>
       </c>
       <c r="K65" s="4" t="s">
         <v>21</v>
       </c>
       <c r="L65" s="4" t="s">
         <v>23</v>
       </c>
       <c r="M65" s="4" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="N65" s="4" t="s">
         <v>25</v>
       </c>
       <c r="O65" s="4" t="s">
-        <v>38</v>
+        <v>85</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="5" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
       <c r="B66" s="5" t="s">
-        <v>414</v>
+        <v>417</v>
       </c>
       <c r="C66" s="5" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="D66" s="5" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="E66" s="5" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="F66" s="5" t="s">
         <v>315</v>
       </c>
       <c r="G66" s="5" t="s">
         <v>21</v>
       </c>
       <c r="H66" s="5" t="s">
         <v>21</v>
       </c>
       <c r="I66" s="5" t="s">
         <v>21</v>
       </c>
       <c r="J66" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K66" s="5" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
       <c r="L66" s="5" t="s">
         <v>21</v>
       </c>
       <c r="M66" s="5" t="s">
         <v>21</v>
       </c>
       <c r="N66" s="5" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
       <c r="O66" s="5" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="4" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
       <c r="B67" s="4" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
       <c r="C67" s="4" t="s">
         <v>343</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>344</v>
       </c>
       <c r="E67" s="4" t="s">
         <v>345</v>
       </c>
       <c r="F67" s="4" t="s">
         <v>21</v>
       </c>
       <c r="G67" s="4" t="s">
         <v>346</v>
       </c>
       <c r="H67" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I67" s="4" t="s">
         <v>21</v>
       </c>
       <c r="J67" s="4" t="s">
         <v>21</v>
       </c>
       <c r="K67" s="4" t="s">
         <v>347</v>
       </c>
       <c r="L67" s="4" t="s">
         <v>348</v>
       </c>
       <c r="M67" s="4" t="s">
         <v>349</v>
       </c>
       <c r="N67" s="4" t="s">
         <v>350</v>
       </c>
       <c r="O67" s="4" t="s">
         <v>351</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="5" t="s">
-        <v>422</v>
+        <v>425</v>
       </c>
       <c r="B68" s="5" t="s">
-        <v>423</v>
+        <v>426</v>
       </c>
       <c r="C68" s="5" t="s">
-        <v>424</v>
+        <v>427</v>
       </c>
       <c r="D68" s="5" t="s">
-        <v>425</v>
+        <v>428</v>
       </c>
       <c r="E68" s="5" t="s">
-        <v>426</v>
+        <v>429</v>
       </c>
       <c r="F68" s="5" t="s">
         <v>21</v>
       </c>
       <c r="G68" s="5" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="H68" s="5" t="s">
         <v>22</v>
       </c>
       <c r="I68" s="5" t="s">
         <v>21</v>
       </c>
       <c r="J68" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K68" s="5" t="s">
         <v>21</v>
       </c>
       <c r="L68" s="5" t="s">
         <v>21</v>
       </c>
       <c r="M68" s="5" t="s">
         <v>21</v>
       </c>
       <c r="N68" s="5" t="s">
         <v>25</v>
       </c>
       <c r="O68" s="5" t="s">
         <v>257</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="4" t="s">
-        <v>427</v>
+        <v>430</v>
       </c>
       <c r="B69" s="4" t="s">
-        <v>428</v>
+        <v>431</v>
       </c>
       <c r="C69" s="4" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="D69" s="4" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="E69" s="4" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="F69" s="4" t="s">
         <v>21</v>
       </c>
       <c r="G69" s="4" t="s">
         <v>21</v>
       </c>
       <c r="H69" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I69" s="4" t="s">
         <v>21</v>
       </c>
       <c r="J69" s="4" t="s">
-        <v>246</v>
+        <v>143</v>
       </c>
       <c r="K69" s="4" t="s">
         <v>247</v>
       </c>
       <c r="L69" s="4" t="s">
         <v>83</v>
       </c>
       <c r="M69" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N69" s="4" t="s">
         <v>76</v>
       </c>
       <c r="O69" s="4" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="5" t="s">
-        <v>429</v>
+        <v>432</v>
       </c>
       <c r="B70" s="5" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="C70" s="5" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="D70" s="5" t="s">
-        <v>432</v>
+        <v>435</v>
       </c>
       <c r="E70" s="5" t="s">
         <v>345</v>
       </c>
       <c r="F70" s="5" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="G70" s="5" t="s">
-        <v>142</v>
+        <v>436</v>
       </c>
       <c r="H70" s="5" t="s">
         <v>21</v>
       </c>
       <c r="I70" s="5" t="s">
         <v>21</v>
       </c>
       <c r="J70" s="5" t="s">
         <v>339</v>
       </c>
       <c r="K70" s="5" t="s">
         <v>21</v>
       </c>
       <c r="L70" s="5" t="s">
         <v>21</v>
       </c>
       <c r="M70" s="5" t="s">
         <v>21</v>
       </c>
       <c r="N70" s="5" t="s">
-        <v>433</v>
+        <v>437</v>
       </c>
       <c r="O70" s="5" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="4" t="s">
-        <v>434</v>
+        <v>438</v>
       </c>
       <c r="B71" s="4" t="s">
-        <v>435</v>
+        <v>439</v>
       </c>
       <c r="C71" s="4" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>21</v>
       </c>
       <c r="E71" s="4" t="s">
-        <v>436</v>
+        <v>440</v>
       </c>
       <c r="F71" s="4" t="s">
         <v>21</v>
       </c>
       <c r="G71" s="4" t="s">
         <v>21</v>
       </c>
       <c r="H71" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I71" s="4" t="s">
         <v>21</v>
       </c>
       <c r="J71" s="4" t="s">
         <v>21</v>
       </c>
       <c r="K71" s="4" t="s">
         <v>21</v>
       </c>
       <c r="L71" s="4" t="s">
         <v>23</v>
       </c>
       <c r="M71" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N71" s="4" t="s">
         <v>76</v>
       </c>
       <c r="O71" s="4" t="s">
-        <v>437</v>
+        <v>441</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="5" t="s">
-        <v>438</v>
+        <v>442</v>
       </c>
       <c r="B72" s="5" t="s">
-        <v>439</v>
+        <v>443</v>
       </c>
       <c r="C72" s="5" t="s">
-        <v>440</v>
+        <v>444</v>
       </c>
       <c r="D72" s="5" t="s">
-        <v>441</v>
+        <v>445</v>
       </c>
       <c r="E72" s="5" t="s">
-        <v>442</v>
+        <v>446</v>
       </c>
       <c r="F72" s="5" t="s">
         <v>339</v>
       </c>
       <c r="G72" s="5" t="s">
         <v>21</v>
       </c>
       <c r="H72" s="5" t="s">
         <v>21</v>
       </c>
       <c r="I72" s="5" t="s">
         <v>21</v>
       </c>
       <c r="J72" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K72" s="5" t="s">
         <v>21</v>
       </c>
       <c r="L72" s="5" t="s">
-        <v>443</v>
+        <v>447</v>
       </c>
       <c r="M72" s="5" t="s">
         <v>21</v>
       </c>
       <c r="N72" s="5" t="s">
-        <v>444</v>
+        <v>448</v>
       </c>
       <c r="O72" s="5" t="s">
-        <v>445</v>
+        <v>449</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
   </mergeCells>
   <headerFooter/>
 </worksheet>
 </file>