--- v1 (2025-12-17)
+++ v2 (2026-01-28)
@@ -139,51 +139,51 @@
     <t xml:space="preserve">$4.75 P/CWT OR $26.00 P/CBM, MIN $200.00
 OVERSIZE FEE APPLIES TO ANYTHING OVER 12FT LONG, AND ANYTHING OVER 7,000 LBS</t>
   </si>
   <si>
     <t>$15.50 P/PLT</t>
   </si>
   <si>
     <t>5 CAL DAYS</t>
   </si>
   <si>
     <t>AUS</t>
   </si>
   <si>
     <t>AUSTIN</t>
   </si>
   <si>
     <t>AUSTIN CFS WAREHOUSE</t>
   </si>
   <si>
     <t>$25.00 FLAT FORKLIFT FEE PER SHIPMENT PLUS $0.025/LB OR $10.00 P/CBM , WHICHEVER IS GREATER</t>
   </si>
   <si>
     <t>MIN $150.00</t>
   </si>
   <si>
-    <t>$0.01/LB, MIN $25.00 P/SHIPMENT ADMIN FEE</t>
+    <t>$0.01/LB, MIN $75.00 P/SHIPMENT ADMIN FEE</t>
   </si>
   <si>
     <t>EXTRA MAN SERVICES $75.00 EACH HOUR, 1 HR MIN</t>
   </si>
   <si>
     <t>$125.00 P/UN NUMBER</t>
   </si>
   <si>
     <t xml:space="preserve">&gt;+4500 LBS OR 6' IN ANY MEASURE $75.00 P/ITEM
 &gt;OVER 10' IN ANY MEASURE $100.00 P/ITEM</t>
   </si>
   <si>
     <t>3 BUSINESS DAYS</t>
   </si>
   <si>
     <t>BAL</t>
   </si>
   <si>
     <t>BALTIMORE</t>
   </si>
   <si>
     <t>BALTIMORE INTERNATIONAL WAREHOUSING</t>
   </si>
   <si>
     <t xml:space="preserve">$60.00 P/TON  